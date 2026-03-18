--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -48,54 +48,54 @@
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>Размещение</t>
   </si>
   <si>
     <t>одноместное</t>
   </si>
   <si>
     <t>взрослый осн.место</t>
   </si>
   <si>
     <t>взрослый доп.место</t>
   </si>
   <si>
     <t>ребенок осн.место</t>
   </si>
   <si>
     <t>ребенок доп.место</t>
   </si>
   <si>
     <t>Стандарт 1-местный</t>
   </si>
   <si>
+    <t>Стандарт 2-местный</t>
+  </si>
+  <si>
     <t>-</t>
-  </si>
-[...1 lines deleted...]
-    <t>Стандарт 2-местный</t>
   </si>
   <si>
     <t>Джуниор Сюит</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -506,104 +506,104 @@
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="3"/>
       <c r="B6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="3" t="s">
-        <v>11</v>
+      <c r="B7" s="3">
+        <v>14270</v>
       </c>
       <c r="C7" s="3">
         <v>7135</v>
       </c>
-      <c r="D7" s="3" t="s">
-        <v>11</v>
+      <c r="D7" s="3">
+        <v>7135</v>
       </c>
       <c r="E7" s="3">
         <v>6785</v>
       </c>
-      <c r="F7" s="3" t="s">
-        <v>11</v>
+      <c r="F7" s="3">
+        <v>6435</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C8" s="3">
         <v>6580</v>
       </c>
-      <c r="D8" s="3" t="s">
-        <v>11</v>
+      <c r="D8" s="3">
+        <v>6580</v>
       </c>
       <c r="E8" s="3">
         <v>6435</v>
       </c>
-      <c r="F8" s="3" t="s">
-        <v>11</v>
+      <c r="F8" s="3">
+        <v>6435</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="3" t="s">
-        <v>11</v>
+      <c r="B9" s="3">
+        <v>18720</v>
       </c>
       <c r="C9" s="3">
         <v>9135</v>
       </c>
-      <c r="D9" s="3" t="s">
-        <v>11</v>
+      <c r="D9" s="3">
+        <v>9135</v>
       </c>
       <c r="E9" s="3">
         <v>8785</v>
       </c>
-      <c r="F9" s="3" t="s">
-        <v>11</v>
+      <c r="F9" s="3">
+        <v>8785</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:F5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">