--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Отель: Марьин остров, эко-курорт</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 12.01.2026 по 30.04.2026</t>
+    <t>Прайс-лист на период с 12.01.2026 по 21.02.2026</t>
   </si>
   <si>
     <t>Проживание + питание
 цена номер/сутки, Трехразовое питание включено длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
@@ -545,362 +545,362 @@
       </c>
       <c r="D5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
-        <v>22080</v>
+        <v>8360</v>
       </c>
       <c r="C6" s="5">
-        <v>22080</v>
+        <v>11720</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5">
-        <v>22080</v>
+        <v>11720</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
-        <v>24160</v>
+        <v>9360</v>
       </c>
       <c r="C7" s="5">
-        <v>24160</v>
+        <v>12520</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="5">
-        <v>24160</v>
+        <v>12520</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>27600</v>
+        <v>10860</v>
       </c>
       <c r="C8" s="5">
-        <v>27600</v>
+        <v>13720</v>
       </c>
       <c r="D8" s="5">
-        <v>35600</v>
+        <v>21720</v>
       </c>
       <c r="E8" s="5">
-        <v>43600</v>
+        <v>29720</v>
       </c>
       <c r="F8" s="5">
-        <v>27600</v>
+        <v>13720</v>
       </c>
       <c r="G8" s="5">
-        <v>34808</v>
+        <v>19320</v>
       </c>
       <c r="H8" s="5">
-        <v>34808</v>
+        <v>19320</v>
       </c>
       <c r="I8" s="5">
-        <v>42016</v>
+        <v>24920</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="5">
-        <v>30080</v>
+        <v>11860</v>
       </c>
       <c r="C9" s="5">
-        <v>30080</v>
+        <v>15720</v>
       </c>
       <c r="D9" s="5">
-        <v>38080</v>
+        <v>23720</v>
       </c>
       <c r="E9" s="5">
-        <v>46080</v>
+        <v>31720</v>
       </c>
       <c r="F9" s="5">
-        <v>30080</v>
+        <v>15720</v>
       </c>
       <c r="G9" s="5">
-        <v>37288</v>
+        <v>21320</v>
       </c>
       <c r="H9" s="5">
-        <v>37288</v>
+        <v>21320</v>
       </c>
       <c r="I9" s="5">
-        <v>44496</v>
+        <v>26920</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="5">
-        <v>33760</v>
+        <v>12360</v>
       </c>
       <c r="C10" s="5">
-        <v>33760</v>
+        <v>17220</v>
       </c>
       <c r="D10" s="5">
-        <v>41760</v>
+        <v>25220</v>
       </c>
       <c r="E10" s="5">
-        <v>49760</v>
+        <v>33220</v>
       </c>
       <c r="F10" s="5">
-        <v>33760</v>
+        <v>17220</v>
       </c>
       <c r="G10" s="5">
-        <v>40968</v>
+        <v>22820</v>
       </c>
       <c r="H10" s="5">
-        <v>40968</v>
+        <v>22820</v>
       </c>
       <c r="I10" s="5">
-        <v>48176</v>
+        <v>28420</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="5">
-        <v>30880</v>
+        <v>11860</v>
       </c>
       <c r="C11" s="5">
-        <v>30880</v>
+        <v>15720</v>
       </c>
       <c r="D11" s="5">
-        <v>38880</v>
+        <v>23720</v>
       </c>
       <c r="E11" s="5">
-        <v>46880</v>
+        <v>31720</v>
       </c>
       <c r="F11" s="5">
-        <v>30880</v>
+        <v>15720</v>
       </c>
       <c r="G11" s="5">
-        <v>38088</v>
+        <v>21320</v>
       </c>
       <c r="H11" s="5">
-        <v>38088</v>
+        <v>21320</v>
       </c>
       <c r="I11" s="5">
-        <v>45296</v>
+        <v>26920</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5">
-        <v>36480</v>
+        <v>14360</v>
       </c>
       <c r="C12" s="5">
-        <v>36480</v>
+        <v>18220</v>
       </c>
       <c r="D12" s="5">
-        <v>44480</v>
+        <v>26220</v>
       </c>
       <c r="E12" s="5">
-        <v>52480</v>
+        <v>34220</v>
       </c>
       <c r="F12" s="5">
-        <v>36480</v>
+        <v>18220</v>
       </c>
       <c r="G12" s="5">
-        <v>43688</v>
+        <v>23820</v>
       </c>
       <c r="H12" s="5">
-        <v>43688</v>
+        <v>23820</v>
       </c>
       <c r="I12" s="5">
-        <v>50896</v>
+        <v>29420</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5">
-        <v>46080</v>
+        <v>18360</v>
       </c>
       <c r="C13" s="5">
-        <v>46080</v>
+        <v>22720</v>
       </c>
       <c r="D13" s="5">
-        <v>54080</v>
+        <v>30720</v>
       </c>
       <c r="E13" s="5">
-        <v>62080</v>
+        <v>38720</v>
       </c>
       <c r="F13" s="5">
-        <v>46080</v>
+        <v>22720</v>
       </c>
       <c r="G13" s="5">
-        <v>53288</v>
+        <v>28320</v>
       </c>
       <c r="H13" s="5">
-        <v>53288</v>
+        <v>28320</v>
       </c>
       <c r="I13" s="5">
-        <v>60496</v>
+        <v>33920</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="5">
-        <v>30560</v>
+        <v>11110</v>
       </c>
       <c r="C14" s="5">
-        <v>30560</v>
+        <v>15720</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="5">
-        <v>30560</v>
+        <v>15720</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="5">
-        <v>38560</v>
+        <v>15610</v>
       </c>
       <c r="C15" s="5">
-        <v>38560</v>
+        <v>18220</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="5">
-        <v>38560</v>
+        <v>18220</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="5">
-        <v>76480</v>
+        <v>47360</v>
       </c>
       <c r="C16" s="5">
-        <v>76480</v>
+        <v>52720</v>
       </c>
       <c r="D16" s="5">
-        <v>84480</v>
+        <v>60720</v>
       </c>
       <c r="E16" s="5">
-        <v>92480</v>
+        <v>68720</v>
       </c>
       <c r="F16" s="5">
-        <v>76480</v>
+        <v>52720</v>
       </c>
       <c r="G16" s="5">
-        <v>83688</v>
+        <v>58320</v>
       </c>
       <c r="H16" s="5">
-        <v>83688</v>
+        <v>58320</v>
       </c>
       <c r="I16" s="5">
-        <v>90896</v>
+        <v>63920</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>