--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -51,63 +51,63 @@
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
-    <t>Дабл/Сингл 1 категории</t>
-[...2 lines deleted...]
-    <t>1 категория Сингл</t>
+    <t>Двухместный номер (дабл/сингл)</t>
+  </si>
+  <si>
+    <t>Одноместный номер (сингл)</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Джуниор сюит</t>
   </si>
   <si>
-    <t>Люкс 2 комнатный</t>
+    <t>Люкс</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>