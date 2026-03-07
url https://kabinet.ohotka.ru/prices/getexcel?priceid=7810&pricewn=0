--- v0 (2025-10-30)
+++ v1 (2026-03-07)
@@ -60,123 +60,123 @@
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Деревенский домик эконом</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Деревенский домик (заимка-1)</t>
   </si>
   <si>
-    <t>Малый гостевой дом "Охотничий"</t>
-[...2 lines deleted...]
-    <t>Гостевой дом "Лесная сказка" с баней</t>
+    <t>Дом "Охотничий"</t>
+  </si>
+  <si>
+    <t>Гостевой дом "Лесная сказка"</t>
   </si>
   <si>
     <t>Дом "У озера"</t>
   </si>
   <si>
     <t>16400 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
     <t>Дом "Дружный"</t>
   </si>
   <si>
     <t>20000 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
     <t>Дом "У горы"</t>
   </si>
   <si>
     <t>18700 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
     <t>Коттедж "Комфорт"</t>
   </si>
   <si>
     <t>23000 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
     <t>Апартаменты (коттеджи "Прибрежные")</t>
   </si>
   <si>
     <t>Стандарт (отель "Таежный")</t>
   </si>
   <si>
     <t>Люкс (отель "Таежный")</t>
   </si>
   <si>
     <t>10050 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
     <t>Коттедж "Лесной"</t>
   </si>
   <si>
     <t>145000 (за 6 мест; доп.взр - 5000, доп.реб - 4400)</t>
   </si>
   <si>
-    <t>Стандарт Сингл №1 (ГД "Горный")</t>
-[...8 lines deleted...]
-    <t>Апартамент №2 (ГД "Горный")</t>
+    <t>Стандарт Сингл (ГД "Горный")</t>
+  </si>
+  <si>
+    <t>Стандарт Дабл плюс (ГД "Горный")</t>
+  </si>
+  <si>
+    <t>Студия (ГД "Горный")</t>
+  </si>
+  <si>
+    <t>Апартамент (ГД "Горный")</t>
   </si>
   <si>
     <t>16800 (за 1 мест; доп.взр - 1800, доп.реб - 1600)</t>
   </si>
   <si>
-    <t>Стандарт Сингл №3 (ГД "Сосновый")</t>
-[...8 lines deleted...]
-    <t>Студия №5 (ГД "Сосновый")</t>
+    <t>Стандарт Сингл (ГД "Сосновый")</t>
+  </si>
+  <si>
+    <t>Стандарт Дабл (ГД "Сосновый")</t>
+  </si>
+  <si>
+    <t>Стандарт Дабл плюс (ГД "Сосновый")</t>
+  </si>
+  <si>
+    <t>Студия (ГД "Сосновый")</t>
   </si>
   <si>
     <t>Стандарт (Отель "У скалы")</t>
   </si>
   <si>
     <t>Стандарт дабл (Отель "У скалы")</t>
   </si>
   <si>
     <t>Стандарт дабл плюс (Отель "У скалы")</t>
   </si>
   <si>
     <t>Деревенский домик (заимка-2)</t>
   </si>
   <si>
     <t>Гостевой дом "У ручья"</t>
   </si>
   <si>
     <t>Гостевой дом "Медовый"</t>
   </si>
   <si>
     <t>Апартамент "Дом на пасеке"</t>
   </si>
   <si>
     <t>Деревенский домик (заимка-4)</t>
   </si>