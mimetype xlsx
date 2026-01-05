--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -12,102 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Отель: Беловодье, курортный отель</t>
   </si>
   <si>
     <t>Прайс-лист на период с 29.12.2025 по 09.01.2026</t>
   </si>
   <si>
     <t>Проживание + Завтрак
 цена номер/сутки, Завтрак включен, длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
-    <t>1 категория с раздельными кроватями</t>
+    <t>1 категории 2 раздельные кровати</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Люкс</t>
   </si>
   <si>
     <t>Джуниор сюит</t>
   </si>
   <si>
     <t>Люкс Гранд</t>
+  </si>
+  <si>
+    <t>22300 (за 2 мест; доп.взр - 3000, доп.реб - 3000)</t>
   </si>
   <si>
     <t>1 категория с 2-спальной кроватью</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -613,107 +616,94 @@
         <v>18300</v>
       </c>
       <c r="D8" s="5">
         <v>21300</v>
       </c>
       <c r="E8" s="5">
         <v>24300</v>
       </c>
       <c r="F8" s="5">
         <v>18300</v>
       </c>
       <c r="G8" s="5">
         <v>21300</v>
       </c>
       <c r="H8" s="5">
         <v>21300</v>
       </c>
       <c r="I8" s="5">
         <v>24300</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B9" s="5">
-[...22 lines deleted...]
-      </c>
+      <c r="B9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" s="5">
         <v>15300</v>
       </c>
       <c r="C10" s="5">
         <v>17300</v>
       </c>
       <c r="D10" s="5">
         <v>20300</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="5">
         <v>17300</v>
       </c>
       <c r="G10" s="5">
         <v>20300</v>
       </c>
       <c r="H10" s="5">
         <v>20300</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="B9:I9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>