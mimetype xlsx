--- v0 (2025-10-21)
+++ v1 (2025-12-28)
@@ -60,60 +60,60 @@
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Стандарт №8, 9</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Стандарт (вид на горы) №5-7</t>
   </si>
   <si>
-    <t>Полулюкс (№1)</t>
-[...1 lines deleted...]
-  <si>
     <t>Люкс (№2)</t>
   </si>
   <si>
     <t>Президентский (№2+№3)</t>
   </si>
   <si>
-    <t>33000 (за 4 мест; доп.взр - 5000, доп.реб - 2000)</t>
+    <t>33000 (за 4 мест; доп.взр - 5000, доп.реб - 3000)</t>
+  </si>
+  <si>
+    <t>Полулюкс (№1,№3, №4)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -457,51 +457,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B10" sqref="B10:I10"/>
+      <selection activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="55.7007" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.4258" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.4258" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.4258" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.4258" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.4258" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.4258" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.4258" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.4258" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -545,165 +545,165 @@
       </c>
       <c r="I5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
         <v>16000</v>
       </c>
       <c r="C6" s="5">
         <v>16000</v>
       </c>
       <c r="D6" s="5">
         <v>21000</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5">
         <v>16000</v>
       </c>
       <c r="G6" s="5">
-        <v>18000</v>
+        <v>19000</v>
       </c>
       <c r="H6" s="5">
-        <v>18000</v>
+        <v>19000</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
         <v>16000</v>
       </c>
       <c r="C7" s="5">
         <v>16000</v>
       </c>
       <c r="D7" s="5">
         <v>21000</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="5">
         <v>16000</v>
       </c>
       <c r="G7" s="5">
-        <v>18000</v>
+        <v>19000</v>
       </c>
       <c r="H7" s="5">
-        <v>18000</v>
+        <v>19000</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>18000</v>
+        <v>21000</v>
       </c>
       <c r="C8" s="5">
-        <v>18000</v>
+        <v>21000</v>
       </c>
       <c r="D8" s="5">
-        <v>23000</v>
+        <v>26000</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="5">
-        <v>18000</v>
+        <v>21000</v>
       </c>
       <c r="G8" s="5">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="H8" s="5">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B9" s="5">
-[...22 lines deleted...]
-      </c>
+      <c r="B9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B10" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="3"/>
-[...5 lines deleted...]
-      <c r="I10" s="3"/>
+      <c r="B10" s="5">
+        <v>18000</v>
+      </c>
+      <c r="C10" s="5">
+        <v>18000</v>
+      </c>
+      <c r="D10" s="5">
+        <v>23000</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="5">
+        <v>18000</v>
+      </c>
+      <c r="G10" s="5">
+        <v>21000</v>
+      </c>
+      <c r="H10" s="5">
+        <v>21000</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>13</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="B10:I10"/>
+    <mergeCell ref="B9:I9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>