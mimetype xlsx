--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -17,100 +17,100 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Отель: Кедровый, отель SPA-курорт</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 24.02.2026 по 05.03.2026</t>
+    <t>Прайс-лист на период с 06.03.2026 по 09.03.2026</t>
   </si>
   <si>
     <t>Проживание + Завтрак
 цена номер/сутки, Завтрак включен, длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Стандарт</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Семейный стандарт</t>
-[...8 lines deleted...]
-    <t>Джуниор сюит улучшенный</t>
+    <t>Стандарт Семейный</t>
+  </si>
+  <si>
+    <t>Стандарт Семейный Коннекте</t>
+  </si>
+  <si>
+    <t>Джуниор</t>
+  </si>
+  <si>
+    <t>Джуниор Улучшенный</t>
   </si>
   <si>
     <t>Люкс</t>
   </si>
   <si>
     <t>Апартаменты</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -533,246 +533,246 @@
       </c>
       <c r="D5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
-        <v>11600</v>
+        <v>12600</v>
       </c>
       <c r="C6" s="5">
-        <v>11600</v>
+        <v>12600</v>
       </c>
       <c r="D6" s="5">
-        <v>13700</v>
+        <v>15100</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5">
-        <v>11600</v>
+        <v>12600</v>
       </c>
       <c r="G6" s="5">
-        <v>13700</v>
+        <v>15100</v>
       </c>
       <c r="H6" s="5">
-        <v>13700</v>
+        <v>15100</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
-        <v>12600</v>
+        <v>13600</v>
       </c>
       <c r="C7" s="5">
-        <v>12600</v>
+        <v>13600</v>
       </c>
       <c r="D7" s="5">
-        <v>14700</v>
+        <v>16100</v>
       </c>
       <c r="E7" s="5">
-        <v>16800</v>
+        <v>18600</v>
       </c>
       <c r="F7" s="5">
-        <v>12600</v>
+        <v>13600</v>
       </c>
       <c r="G7" s="5">
-        <v>14700</v>
+        <v>16100</v>
       </c>
       <c r="H7" s="5">
-        <v>14700</v>
+        <v>16100</v>
       </c>
       <c r="I7" s="5">
-        <v>16800</v>
+        <v>18600</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>13600</v>
+        <v>14600</v>
       </c>
       <c r="C8" s="5">
-        <v>13600</v>
+        <v>14600</v>
       </c>
       <c r="D8" s="5">
-        <v>15700</v>
+        <v>17100</v>
       </c>
       <c r="E8" s="5">
-        <v>17800</v>
+        <v>19600</v>
       </c>
       <c r="F8" s="5">
-        <v>13600</v>
+        <v>14600</v>
       </c>
       <c r="G8" s="5">
-        <v>15700</v>
+        <v>17100</v>
       </c>
       <c r="H8" s="5">
-        <v>15700</v>
+        <v>17100</v>
       </c>
       <c r="I8" s="5">
-        <v>17800</v>
+        <v>19600</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="5">
-        <v>14600</v>
+        <v>15800</v>
       </c>
       <c r="C9" s="5">
-        <v>14600</v>
+        <v>15600</v>
       </c>
       <c r="D9" s="5">
-        <v>16700</v>
+        <v>18100</v>
       </c>
       <c r="E9" s="5">
-        <v>18800</v>
+        <v>20600</v>
       </c>
       <c r="F9" s="5">
-        <v>14600</v>
+        <v>15600</v>
       </c>
       <c r="G9" s="5">
-        <v>16700</v>
+        <v>18100</v>
       </c>
       <c r="H9" s="5">
-        <v>16700</v>
+        <v>18100</v>
       </c>
       <c r="I9" s="5">
-        <v>18800</v>
+        <v>20600</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="5">
-        <v>15600</v>
+        <v>16600</v>
       </c>
       <c r="C10" s="5">
-        <v>15600</v>
+        <v>16600</v>
       </c>
       <c r="D10" s="5">
-        <v>17700</v>
+        <v>19100</v>
       </c>
       <c r="E10" s="5">
-        <v>19800</v>
+        <v>21600</v>
       </c>
       <c r="F10" s="5">
-        <v>15600</v>
+        <v>16600</v>
       </c>
       <c r="G10" s="5">
-        <v>17700</v>
+        <v>19100</v>
       </c>
       <c r="H10" s="5">
-        <v>17700</v>
+        <v>19100</v>
       </c>
       <c r="I10" s="5">
-        <v>19800</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="5">
-        <v>19300</v>
+        <v>20300</v>
       </c>
       <c r="C11" s="5">
-        <v>19300</v>
+        <v>20300</v>
       </c>
       <c r="D11" s="5">
-        <v>21400</v>
+        <v>22800</v>
       </c>
       <c r="E11" s="5">
-        <v>23500</v>
+        <v>25300</v>
       </c>
       <c r="F11" s="5">
-        <v>19300</v>
+        <v>20300</v>
       </c>
       <c r="G11" s="5">
-        <v>21400</v>
+        <v>22800</v>
       </c>
       <c r="H11" s="5">
-        <v>21400</v>
+        <v>22800</v>
       </c>
       <c r="I11" s="5">
-        <v>23500</v>
+        <v>25300</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5">
-        <v>23300</v>
+        <v>24600</v>
       </c>
       <c r="C12" s="5">
-        <v>23300</v>
+        <v>24600</v>
       </c>
       <c r="D12" s="5">
-        <v>25400</v>
+        <v>27100</v>
       </c>
       <c r="E12" s="5">
-        <v>27500</v>
+        <v>29600</v>
       </c>
       <c r="F12" s="5">
-        <v>23300</v>
+        <v>24600</v>
       </c>
       <c r="G12" s="5">
-        <v>25400</v>
+        <v>27100</v>
       </c>
       <c r="H12" s="5">
-        <v>25400</v>
+        <v>27100</v>
       </c>
       <c r="I12" s="5">
-        <v>27500</v>
+        <v>29600</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>