--- v0 (2025-10-21)
+++ v1 (2026-03-21)
@@ -51,87 +51,87 @@
   <si>
     <t>Размещение</t>
   </si>
   <si>
     <t>одноместное</t>
   </si>
   <si>
     <t>взрослый осн.место</t>
   </si>
   <si>
     <t>взрослый доп.место</t>
   </si>
   <si>
     <t>ребенок осн.место</t>
   </si>
   <si>
     <t>ребенок доп.место</t>
   </si>
   <si>
     <t>Одноместный без балкона</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Одноместный Стандарт</t>
-[...5 lines deleted...]
-    <t>Двухместный Стандарт</t>
+    <t>Одноместный стандарт</t>
+  </si>
+  <si>
+    <t>Одноместный стандарт +</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт</t>
   </si>
   <si>
     <t>Трехместный Стандарт</t>
   </si>
   <si>
-    <t>Двухместный Стандарт Плюс</t>
+    <t>Двухместный стандарт +</t>
   </si>
   <si>
     <t>Однокомнатный с 2-спальной кроватью</t>
   </si>
   <si>
     <t>Двухкомнатный Люкс</t>
   </si>
   <si>
     <t>Трехкомнатный Люкс</t>
   </si>
   <si>
-    <t>Люкс Плюс</t>
+    <t>Люкс +</t>
   </si>
   <si>
     <t>Кедровый домик</t>
   </si>
   <si>
     <t>Апартаменты №2,3 (бежевый, зеленый)</t>
   </si>
   <si>
     <t>Апартаменты №1 (красный)</t>
   </si>
   <si>
-    <t>Эко Домик</t>
+    <t>Экодомик</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>