--- v0 (2025-10-27)
+++ v1 (2026-01-10)
@@ -613,91 +613,91 @@
       </c>
       <c r="C10" s="3">
         <v>9200</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E10" s="3">
         <v>7150</v>
       </c>
       <c r="F10" s="3">
         <v>5670</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="3">
         <v>10500</v>
       </c>
       <c r="D11" s="3">
-        <v>770</v>
+        <v>7970</v>
       </c>
       <c r="E11" s="3">
         <v>8310</v>
       </c>
       <c r="F11" s="3">
         <v>6260</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="3">
         <v>10300</v>
       </c>
       <c r="D12" s="3">
         <v>7830</v>
       </c>
       <c r="E12" s="3">
         <v>8090</v>
       </c>
       <c r="F12" s="3">
         <v>6130</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="3">
         <v>10300</v>
       </c>
       <c r="D13" s="3">
-        <v>830</v>
+        <v>7830</v>
       </c>
       <c r="E13" s="3">
         <v>8090</v>
       </c>
       <c r="F13" s="3">
         <v>6130</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="3">
         <v>16000</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="3">
         <v>9570</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="3">