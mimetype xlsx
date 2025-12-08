--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -69,51 +69,51 @@
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Люкс плюс (60)</t>
   </si>
   <si>
     <t>11000 (за 4 мест; доп.взр - 1000, доп.реб - 1000)</t>
   </si>
   <si>
     <t>Люкс плюс (70)</t>
   </si>
   <si>
     <t>12000 (за 4 мест; доп.взр - 1000, доп.реб - 1000)</t>
   </si>
   <si>
     <t>Люкс плюс (120)</t>
   </si>
   <si>
     <t>14000 (за 6 мест; доп.взр - 1000, доп.реб - 1000)</t>
   </si>
   <si>
-    <t>Люкс плюс (100)</t>
+    <t>NEW Люкс плюс (100)</t>
   </si>
   <si>
     <t>13000 (за 6 мест; доп.взр - 1000, доп.реб - 1000)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>