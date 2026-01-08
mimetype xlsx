--- v0 (2025-11-08)
+++ v1 (2026-01-08)
@@ -12,111 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Отель: Гранд Шале Алтай, туристический комплекс</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 29.12.2025 по 03.01.2026</t>
+    <t>Прайс-лист на период с 30.12.2025 по 11.01.2026</t>
   </si>
   <si>
     <t>Проживание + Завтрак
 цена номер/сутки, Завтрак включен, длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Компакт Квин</t>
   </si>
   <si>
     <t>Классик Кинг</t>
   </si>
   <si>
     <t>Классик Твин</t>
   </si>
   <si>
     <t>Делюкс Кинг</t>
   </si>
   <si>
     <t>Люкс</t>
   </si>
   <si>
-    <t>36210 (за 4 мест; доп.взр - 5100, доп.реб - 5100)</t>
-[...1 lines deleted...]
-  <si>
     <t>Гранд Люкс</t>
-  </si>
-[...1 lines deleted...]
-    <t>41310 (за 4 мест; доп.взр - 5100, доп.реб - 5100)</t>
   </si>
   <si>
     <t>Гранд Шале Ривер</t>
   </si>
   <si>
     <t>422280 (за 6 мест)</t>
   </si>
   <si>
     <t>Делюкс Шале</t>
   </si>
   <si>
     <t>67830 (за 4 мест; доп.взр - 5100, доп.реб - 5100)</t>
   </si>
   <si>
     <t>Классик Шале</t>
   </si>
   <si>
     <t>Классик Шале Ривер</t>
   </si>
   <si>
     <t>Фэмили Шале Ривер</t>
   </si>
   <si>
     <t>Фэмили Шале</t>
   </si>
@@ -675,170 +669,198 @@
         <v>22440</v>
       </c>
       <c r="D9" s="5">
         <v>27540</v>
       </c>
       <c r="E9" s="5">
         <v>0</v>
       </c>
       <c r="F9" s="5">
         <v>22440</v>
       </c>
       <c r="G9" s="5">
         <v>27540</v>
       </c>
       <c r="H9" s="5">
         <v>27540</v>
       </c>
       <c r="I9" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="3"/>
+      <c r="B10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="C10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="D10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="E10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="F10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="G10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="H10" s="5">
+        <v>36210</v>
+      </c>
+      <c r="I10" s="5">
+        <v>36210</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
-        <v>18</v>
-[...10 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="B11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="C11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="D11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="E11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="F11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="G11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="H11" s="5">
+        <v>41310</v>
+      </c>
+      <c r="I11" s="5">
+        <v>41310</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B14" s="5">
         <v>28560</v>
       </c>
       <c r="C14" s="5">
         <v>28560</v>
       </c>
       <c r="D14" s="5">
         <v>33660</v>
       </c>
       <c r="E14" s="5">
         <v>38760</v>
       </c>
       <c r="F14" s="5">
         <v>28560</v>
       </c>
       <c r="G14" s="5">
         <v>33660</v>
       </c>
       <c r="H14" s="5">
         <v>33660</v>
       </c>
       <c r="I14" s="5">
         <v>38760</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B15" s="5">
         <v>31620</v>
       </c>
       <c r="C15" s="5">
         <v>31620</v>
       </c>
       <c r="D15" s="5">
         <v>36720</v>
       </c>
       <c r="E15" s="5">
         <v>41820</v>
       </c>
       <c r="F15" s="5">
         <v>31620</v>
       </c>
       <c r="G15" s="5">
         <v>36720</v>
       </c>
       <c r="H15" s="5">
         <v>36720</v>
       </c>
       <c r="I15" s="5">
         <v>41820</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="5">
         <v>18870</v>
       </c>
       <c r="C17" s="5">
         <v>18870</v>
       </c>
       <c r="D17" s="5">
         <v>0</v>
       </c>
       <c r="E17" s="5">
         <v>0</v>
       </c>
@@ -951,68 +973,66 @@
       </c>
       <c r="C21" s="5">
         <v>26520</v>
       </c>
       <c r="D21" s="5">
         <v>31620</v>
       </c>
       <c r="E21" s="5">
         <v>0</v>
       </c>
       <c r="F21" s="5">
         <v>26520</v>
       </c>
       <c r="G21" s="5">
         <v>31620</v>
       </c>
       <c r="H21" s="5">
         <v>31620</v>
       </c>
       <c r="I21" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="B10:I10"/>
-    <mergeCell ref="B11:I11"/>
     <mergeCell ref="B12:I12"/>
     <mergeCell ref="B13:I13"/>
     <mergeCell ref="B16:I16"/>
     <mergeCell ref="B22:I22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>