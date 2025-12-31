--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -518,123 +518,123 @@
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="3"/>
       <c r="B6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3">
-        <v>12050</v>
+        <v>12900</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="3">
-        <v>6660</v>
+        <v>7510</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="3">
-        <v>5380</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="3">
-        <v>8900</v>
+        <v>9750</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3">
-        <v>7120</v>
+        <v>7800</v>
       </c>
       <c r="F8" s="3">
-        <v>5380</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="3">
-        <v>12470</v>
+        <v>13320</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="3">
-        <v>6720</v>
+        <v>7570</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="3">
-        <v>5440</v>
+        <v>6120</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="3">
         <v>12590</v>
       </c>
       <c r="D10" s="3">
         <v>9670</v>
       </c>
       <c r="E10" s="3">
-        <v>9930</v>
+        <v>10130</v>
       </c>
       <c r="F10" s="3">
-        <v>7570</v>
+        <v>7770</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="3">
         <v>17720</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="3">
         <v>10070</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="3">
         <v>8050</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>16</v>