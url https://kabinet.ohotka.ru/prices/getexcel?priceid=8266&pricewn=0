--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Отель: Сибирь, санаторий</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 26.12.2025 по 04.01.2026</t>
+    <t>Прайс-лист на период с 05.01.2026 по 09.01.2026</t>
   </si>
   <si>
     <t>Проживание</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>Размещение</t>
   </si>
   <si>
     <t>одноместное</t>
   </si>
   <si>
     <t>взрослый осн.место</t>
   </si>
   <si>
     <t>взрослый доп.место</t>
   </si>
   <si>
     <t>ребенок осн.место</t>
   </si>
   <si>
     <t>ребенок доп.место</t>
   </si>
@@ -518,123 +518,123 @@
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="3"/>
       <c r="B6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3">
-        <v>12050</v>
+        <v>12900</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="3">
-        <v>6660</v>
+        <v>7510</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="3">
-        <v>5380</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="3">
-        <v>8900</v>
+        <v>9750</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3">
-        <v>7120</v>
+        <v>7800</v>
       </c>
       <c r="F8" s="3">
-        <v>5380</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="3">
-        <v>12470</v>
+        <v>13320</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="3">
-        <v>6720</v>
+        <v>7570</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="3">
-        <v>5440</v>
+        <v>6120</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="3">
         <v>12590</v>
       </c>
       <c r="D10" s="3">
         <v>9670</v>
       </c>
       <c r="E10" s="3">
-        <v>9930</v>
+        <v>10130</v>
       </c>
       <c r="F10" s="3">
-        <v>7570</v>
+        <v>7770</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="3">
         <v>17720</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="3">
         <v>10070</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="3">
         <v>8050</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>16</v>