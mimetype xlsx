--- v0 (2025-12-01)
+++ v1 (2026-02-06)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Отель: Сердце Алтая, туристический комплекс</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 11.01.2026 по 25.04.2026</t>
+    <t>Прайс-лист на период с 11.01.2026 по 23.04.2026</t>
   </si>
   <si>
     <t>Проживание
 цена номер/сутки, питание не включено, длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
@@ -527,130 +527,130 @@
       </c>
       <c r="D5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
-        <v>6300</v>
+        <v>6800</v>
       </c>
       <c r="C6" s="5">
         <v>6800</v>
       </c>
       <c r="D6" s="5">
-        <v>8200</v>
+        <v>8500</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5">
         <v>6800</v>
       </c>
       <c r="G6" s="5">
-        <v>8200</v>
+        <v>8500</v>
       </c>
       <c r="H6" s="5">
-        <v>8200</v>
+        <v>8500</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
         <v>12000</v>
       </c>
       <c r="C7" s="5">
         <v>12000</v>
       </c>
       <c r="D7" s="5">
         <v>12000</v>
       </c>
       <c r="E7" s="5">
         <v>12000</v>
       </c>
       <c r="F7" s="5">
         <v>12000</v>
       </c>
       <c r="G7" s="5">
         <v>12000</v>
       </c>
       <c r="H7" s="5">
         <v>12000</v>
       </c>
       <c r="I7" s="5">
         <v>12000</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>7300</v>
+        <v>7800</v>
       </c>
       <c r="C8" s="5">
         <v>7800</v>
       </c>
       <c r="D8" s="5">
-        <v>9450</v>
+        <v>9750</v>
       </c>
       <c r="E8" s="5">
-        <v>11100</v>
+        <v>11700</v>
       </c>
       <c r="F8" s="5">
         <v>7800</v>
       </c>
       <c r="G8" s="5">
-        <v>9450</v>
+        <v>9750</v>
       </c>
       <c r="H8" s="5">
-        <v>9450</v>
+        <v>9750</v>
       </c>
       <c r="I8" s="5">
-        <v>11100</v>
+        <v>11700</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="B9:I9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>