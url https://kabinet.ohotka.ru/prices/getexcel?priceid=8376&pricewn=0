--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -12,104 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Отель: Центросоюза РФ, санаторий</t>
   </si>
   <si>
     <t>Прайс-лист на период с 10.06.2026 по 30.06.2026</t>
   </si>
   <si>
     <t>Проживание</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>Размещение</t>
   </si>
   <si>
     <t>одноместное</t>
   </si>
   <si>
     <t>взрослый осн.место</t>
   </si>
   <si>
     <t>взрослый доп.место</t>
   </si>
   <si>
     <t>ребенок осн.место</t>
   </si>
   <si>
     <t>ребенок доп.место</t>
   </si>
   <si>
     <t>Одноместный стандарт</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Двухместный стандарт</t>
   </si>
   <si>
-    <t>Семейный</t>
+    <t>Семейный 1 категории</t>
   </si>
   <si>
     <t>Джуниор Сюит</t>
   </si>
   <si>
     <t>Двухкомнатный Люкс</t>
   </si>
   <si>
     <t>Трёхкомнатный Люкс</t>
   </si>
   <si>
     <t>Сюит</t>
+  </si>
+  <si>
+    <t>Двухместный комфорт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -444,54 +447,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F13" sqref="F13"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.9878" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.7104" customWidth="true" style="0"/>
     <col min="3" max="3" width="20.7092" customWidth="true" style="0"/>
     <col min="4" max="4" width="20.7092" customWidth="true" style="0"/>
     <col min="5" max="5" width="20.7092" customWidth="true" style="0"/>
     <col min="6" max="6" width="20.7092" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="48.75">
       <c r="A4" s="2" t="s">
         <v>2</v>
@@ -648,50 +651,70 @@
       <c r="E12" s="3">
         <v>11840</v>
       </c>
       <c r="F12" s="3">
         <v>9520</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="3">
         <v>34800</v>
       </c>
       <c r="C13" s="3">
         <v>19000</v>
       </c>
       <c r="D13" s="3">
         <v>12680</v>
       </c>
       <c r="E13" s="3">
         <v>15200</v>
       </c>
       <c r="F13" s="3">
         <v>12040</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="3">
+        <v>13800</v>
+      </c>
+      <c r="C14" s="3">
+        <v>8250</v>
+      </c>
+      <c r="D14" s="3">
+        <v>6030</v>
+      </c>
+      <c r="E14" s="3">
+        <v>6600</v>
+      </c>
+      <c r="F14" s="3">
+        <v>5490</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:F5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">