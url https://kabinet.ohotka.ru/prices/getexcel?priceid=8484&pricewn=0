--- v0 (2025-12-10)
+++ v1 (2026-02-06)
@@ -519,160 +519,160 @@
       <c r="A6" s="3"/>
       <c r="B6" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="3">
-        <v>5600</v>
+        <v>5300</v>
       </c>
       <c r="D7" s="3">
-        <v>3700</v>
+        <v>3400</v>
       </c>
       <c r="E7" s="3">
-        <v>4600</v>
+        <v>4300</v>
       </c>
       <c r="F7" s="3">
-        <v>2900</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="3">
-        <v>8000</v>
+        <v>7700</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="3">
-        <v>5500</v>
+        <v>5200</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>4300</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="3">
-        <v>9200</v>
+        <v>8900</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="3">
-        <v>6200</v>
+        <v>5900</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="3">
-        <v>5000</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="3">
-        <v>9200</v>
+        <v>8900</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="3">
-        <v>6200</v>
+        <v>5900</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>5000</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="3">
-        <v>6200</v>
+        <v>5900</v>
       </c>
       <c r="D11" s="3">
-        <v>4300</v>
+        <v>4000</v>
       </c>
       <c r="E11" s="3">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="F11" s="3">
-        <v>3300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="3">
-        <v>9700</v>
+        <v>9400</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="3">
-        <v>5600</v>
+        <v>5300</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>4500</v>
+        <v>4200</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:F5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">