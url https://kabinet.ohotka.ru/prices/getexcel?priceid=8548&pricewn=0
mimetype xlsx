--- v0 (2026-01-10)
+++ v1 (2026-03-15)
@@ -17,139 +17,139 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Отель: Deja Vu (Дежавю), туркомплекс</t>
   </si>
   <si>
-    <t>Прайс-лист на период с 04.05.2026 по 31.08.2026</t>
+    <t>Прайс-лист на период с 04.05.2026 по 07.05.2026</t>
   </si>
   <si>
     <t>Проживание + Завтрак
 цена номер/сутки, Завтрак включен, длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Стандарт второй этаж c доп.местом</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>СТ 1 этаж с двуспальной кроватью</t>
   </si>
   <si>
     <t>Полулюкс</t>
   </si>
   <si>
     <t>Люкс (50)</t>
   </si>
   <si>
-    <t>17800 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>14200 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>Люкс плюс (60)</t>
   </si>
   <si>
-    <t>19500 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>15600 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>Люкс плюс (70)</t>
   </si>
   <si>
-    <t>20500 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>16400 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>Люкс плюс (120)</t>
   </si>
   <si>
-    <t>28500 (за 6 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>22800 (за 6 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>СТ +</t>
   </si>
   <si>
-    <t>12300 (за 3 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>9800 (за 3 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>Стандарт Твин 2 этаж без доп. места</t>
   </si>
   <si>
     <t>СТ + с односпальными кроватями</t>
   </si>
   <si>
     <t>СТ 1 этаж с двумя односпальными кроватями</t>
   </si>
   <si>
     <t>NEW Люкс плюс (100)</t>
   </si>
   <si>
-    <t>24500 (за 6 мест; доп.взр - 1500, доп.реб - 1500)</t>
+    <t>19600 (за 6 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -566,130 +566,130 @@
       </c>
       <c r="D5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="C6" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="D6" s="5">
-        <v>9400</v>
+        <v>7800</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="G6" s="5">
-        <v>9400</v>
+        <v>7800</v>
       </c>
       <c r="H6" s="5">
-        <v>9400</v>
+        <v>7800</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="C7" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="D7" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="G7" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="H7" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="C8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="D8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="E8" s="5">
-        <v>15400</v>
+        <v>12600</v>
       </c>
       <c r="F8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="G8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="H8" s="5">
-        <v>13900</v>
+        <v>11100</v>
       </c>
       <c r="I8" s="5">
-        <v>15400</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="3"/>
@@ -728,113 +728,113 @@
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="C14" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="5">
-        <v>7900</v>
+        <v>6300</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="C16" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="D16" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="5">
-        <v>8600</v>
+        <v>6800</v>
       </c>
       <c r="G16" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="H16" s="5">
-        <v>10100</v>
+        <v>8300</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="B9:I9"/>
     <mergeCell ref="B10:I10"/>