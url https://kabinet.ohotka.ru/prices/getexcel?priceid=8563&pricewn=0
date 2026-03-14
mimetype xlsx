--- v0 (2025-12-19)
+++ v1 (2026-03-14)
@@ -51,69 +51,69 @@
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
   <si>
     <t>1взр+1реб</t>
   </si>
   <si>
     <t>1взр+2реб</t>
   </si>
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
-    <t>Стандарт СТ1 (№202, 302, 304)</t>
+    <t>Стандарт 202,302,304</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Стандарт СТ2 (№103, 201, 301, 303, 305)</t>
-[...11 lines deleted...]
-    <t>Семейный №204</t>
+    <t>Стандарт 103,201,301,303,305</t>
+  </si>
+  <si>
+    <t>Стандарт 101</t>
+  </si>
+  <si>
+    <t>Стандарт 104</t>
+  </si>
+  <si>
+    <t>Стандарт 102,203</t>
+  </si>
+  <si>
+    <t>Семейный 204</t>
   </si>
   <si>
     <t>6800 (за 4 мест; доп.взр - 1500, доп.реб - 1500)</t>
   </si>
   <si>
     <t>Cabana №1-9</t>
   </si>
   <si>
     <t>Cabana №10, 14</t>
   </si>
   <si>
     <t>Cabana №11</t>
   </si>
   <si>
     <t>Cabana №12, 13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>