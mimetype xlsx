--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Отель: Заимка Камза, туристический комплекс</t>
   </si>
   <si>
     <t>Прайс-лист на период с 12.01.2026 по 15.05.2026</t>
   </si>
   <si>
     <t>Проживание + питание
 цена номер/сутки, завтрак включено длительность проживания от 1 суток</t>
   </si>
   <si>
     <t>Категория номера</t>
   </si>
   <si>
     <t>1взр</t>
   </si>
   <si>
     <t>2взр</t>
   </si>
   <si>
     <t>3взр</t>
   </si>
   <si>
     <t>4взр</t>
   </si>
@@ -69,69 +69,72 @@
   <si>
     <t>2взр+1реб</t>
   </si>
   <si>
     <t>2взр+2реб</t>
   </si>
   <si>
     <t>Стандарт одноместный № 9, 14</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Стандарт 2х-местный №8, 10, 11, 15, 21</t>
   </si>
   <si>
     <t>Стандарт 3х-местный №18, 19, 20</t>
   </si>
   <si>
     <t>Полулюкс 2х-местный № 5, 6</t>
   </si>
   <si>
     <t>Полулюкс 4х-местный №4</t>
   </si>
   <si>
-    <t>Полулюкс №12, 13</t>
-[...8 lines deleted...]
-    <t>Люкс №17</t>
+    <t>5700 (за 4 мест; доп.взр - , доп.реб - )</t>
+  </si>
+  <si>
+    <t>Полулюкс 3-х местный №12, 13</t>
+  </si>
+  <si>
+    <t>Люкс 2-х местный №16</t>
+  </si>
+  <si>
+    <t>Люкс 3-х местный №17</t>
   </si>
   <si>
     <t>Коттедж люкс</t>
   </si>
   <si>
     <t>Студия Люкс № 2, 5, 8</t>
   </si>
   <si>
-    <t>Апартаменты Люкс №1, 3, 7</t>
+    <t>Люкс 2-комнатные апартаменты №1, №3, №7</t>
+  </si>
+  <si>
+    <t>7500 (за 2 мест; доп.взр - 1300, доп.реб - 1300)</t>
   </si>
   <si>
     <t>Люкс №7</t>
   </si>
   <si>
     <t>Этаж в двухэтажном коттедже Люкс</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -669,89 +672,89 @@
         <v>4100</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="5">
         <v>4000</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="5">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="3"/>
-[...5 lines deleted...]
-      <c r="I11" s="3"/>
+      <c r="B11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="C11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="D11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="E11" s="5">
+        <v>6900</v>
+      </c>
+      <c r="F11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="G11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="H11" s="5">
+        <v>5600</v>
+      </c>
+      <c r="I11" s="5">
+        <v>6900</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="5">
         <v>5500</v>
       </c>
       <c r="C12" s="5">
         <v>5500</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="5">
         <v>5500</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>13</v>
@@ -829,137 +832,124 @@
         <v>6000</v>
       </c>
       <c r="D15" s="5">
         <v>7300</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="5">
         <v>6000</v>
       </c>
       <c r="G15" s="5">
         <v>7300</v>
       </c>
       <c r="H15" s="5">
         <v>7300</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B16" s="5">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B17" s="5">
         <v>3300</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B18" s="5">
         <v>7500</v>
       </c>
       <c r="C18" s="5">
         <v>7500</v>
       </c>
       <c r="D18" s="5">
         <v>8800</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="5">
         <v>7500</v>
       </c>
       <c r="G18" s="5">
         <v>8800</v>
       </c>
       <c r="H18" s="5">
         <v>8800</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="B11:I11"/>
+    <mergeCell ref="B10:I10"/>
+    <mergeCell ref="B16:I16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>